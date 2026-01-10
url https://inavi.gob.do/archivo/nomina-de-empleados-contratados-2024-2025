--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\DATOS ABIERTOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A8CDF21-A901-4D31-B8AC-746AC8C8B7E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E0408D5-21AA-4D70-8950-ED5E1873EA42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9852AAD1-81BC-45C6-BB4D-CC5CE1080DDC}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9852AAD1-81BC-45C6-BB4D-CC5CE1080DDC}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$5:$K$332</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1471" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2529" uniqueCount="187">
   <si>
     <t>REPUBLICA DOMINICANA</t>
   </si>
   <si>
     <t>INAVI</t>
   </si>
   <si>
     <t>PAGO NOMINA EMPLEADOS</t>
   </si>
   <si>
     <t>jueves, 25 de enero de 2024</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>GÉNERO</t>
   </si>
   <si>
     <t>CARGO</t>
   </si>
   <si>
     <t>CATEGORIA SERVIDOR</t>
   </si>
   <si>
@@ -393,56 +393,257 @@
   </si>
   <si>
     <t>SERVIDOR</t>
   </si>
   <si>
     <t xml:space="preserve">NADIL LOPEZ </t>
   </si>
   <si>
     <t>PAGO NOMINA EMPLEADOS TEMPORALES</t>
   </si>
   <si>
     <t>lunes, 4 de agosto de 2025</t>
   </si>
   <si>
     <t>Bruto</t>
   </si>
   <si>
     <t>NELLYS EUGENIA  ACOSTA SANTANA DE</t>
   </si>
   <si>
     <t>SANTIAGO</t>
   </si>
   <si>
     <t>Jueves, 4 de septiembre de 2025</t>
   </si>
+  <si>
+    <t xml:space="preserve">Otros </t>
+  </si>
+  <si>
+    <t>ASESOR DE LA ADMINISTRACION GENERAL</t>
+  </si>
+  <si>
+    <t>ELIZABETH SANCHEZ MATEO</t>
+  </si>
+  <si>
+    <t>JACQUELINE GUZMAN TAVERAS DE NUÑEZ</t>
+  </si>
+  <si>
+    <t>SOFIA DANAYDES CEBALLO MATEO.</t>
+  </si>
+  <si>
+    <t>ANALISTA DE REDES SOCIALES</t>
+  </si>
+  <si>
+    <t>RAYLIS DOBLE REYES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GERAL BIENVENIDO ALMONTE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROSAURA MILENIA SIME TORRES DE SANTANA </t>
+  </si>
+  <si>
+    <t>ENCARGADA DE SEGUROS FUNERARIOS</t>
+  </si>
+  <si>
+    <t>ESTHER BRITO CRUZ</t>
+  </si>
+  <si>
+    <t>PROMOTOR (A) SEG. FUNERARIOS</t>
+  </si>
+  <si>
+    <t>YAELIS ROBERITZA GARCIA MORILLO</t>
+  </si>
+  <si>
+    <t>CONTADOR (A)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOSE RAMON EXPEDITO ECHAVARRIA RIVERA </t>
+  </si>
+  <si>
+    <t>ENCARGADO DE TURNO FUNERARIA PASTEUR</t>
+  </si>
+  <si>
+    <t>COORDINADORA DE SERVICIOS FUNERARIOS</t>
+  </si>
+  <si>
+    <t>ENCARGADO DE TURNO FUNERARIA SANTIAGO</t>
+  </si>
+  <si>
+    <t>Totales --&gt;  34  Empleados</t>
+  </si>
+  <si>
+    <t>Total Neto --------&gt;  1,706,276.55</t>
+  </si>
+  <si>
+    <t>DEPARTAMENTOS</t>
+  </si>
+  <si>
+    <t>JACQUELINE GUZMAN TAVERAS DE</t>
+  </si>
+  <si>
+    <t>NUÑEZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANTANA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">División de Contabilidad               </t>
+  </si>
+  <si>
+    <t>Miercoles, 8 de octubre de 2025</t>
+  </si>
+  <si>
+    <t>martes, 25 de noviembre de 2025</t>
+  </si>
+  <si>
+    <t>NELLYS EUGENIA  ACOSTA SANTANA DE SANTIAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capilla Barahona                       </t>
+  </si>
+  <si>
+    <t>Total Neto --------&gt;  1,730,995.17</t>
+  </si>
+  <si>
+    <t>jueves, 25 de diciembre de 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO JURIDICO                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERSONAL FIJO         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPILLA BARAHONA                       </t>
+  </si>
+  <si>
+    <t>Total Neto --------&gt;  1,715,276.91</t>
+  </si>
+  <si>
+    <t>GENERO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATEGORIA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FECHA </t>
+  </si>
+  <si>
+    <t>DE CONTRATO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE TERMINO </t>
+  </si>
+  <si>
+    <t>CONTRATO</t>
+  </si>
+  <si>
+    <t>ADMINISTRACION GENERAL</t>
+  </si>
+  <si>
+    <t>1 ago 2025</t>
+  </si>
+  <si>
+    <t>30 dic 1899</t>
+  </si>
+  <si>
+    <t>1 abr 2025</t>
+  </si>
+  <si>
+    <t>1 mar 2025</t>
+  </si>
+  <si>
+    <t>1 oct 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO ADMINISTRATIVO                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO FINANCIERO                     </t>
+  </si>
+  <si>
+    <t>1 may 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO  DE COMUNICACIONES              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO DE INGENIERIA              </t>
+  </si>
+  <si>
+    <t>1 jun 2025</t>
+  </si>
+  <si>
+    <t>DEPTO DE PLANIFICACION Y DESARROLLO</t>
+  </si>
+  <si>
+    <t>1 jul 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO  DE RECURSOS HUMANOS              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO DE REVISION Y ANALISIS F.       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPTO DE SEGUROS FUNERARIOS      </t>
+  </si>
+  <si>
+    <t>1 sept 2025</t>
+  </si>
+  <si>
+    <t>1 oct 2020</t>
+  </si>
+  <si>
+    <t>1 oct 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIVISION DE CREDITOS        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPILLA PASTEUR                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPILLA SANTIAGO                        </t>
+  </si>
+  <si>
+    <t>SERVICIOS FUNERARIOS</t>
+  </si>
+  <si>
+    <t>CAPILLA LA ROMANA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPILLA DAJABON                       </t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="7"/>
@@ -480,109 +681,115 @@
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Tahoma"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <charset val="1"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
@@ -925,54 +1132,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4980CDB6-CD09-4498-BA18-01D97A0685D5}">
-  <dimension ref="A1:K371"/>
+  <dimension ref="A1:T908"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A331" zoomScale="110" workbookViewId="0">
-      <selection activeCell="A365" sqref="A365"/>
+    <sheetView tabSelected="1" topLeftCell="A749" zoomScale="110" workbookViewId="0">
+      <selection activeCell="A652" sqref="A652:T908"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.5703125" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="24.28515625" customWidth="1"/>
     <col min="4" max="4" width="18.140625" style="12" customWidth="1"/>
     <col min="11" max="11" width="8.140625" style="17" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
     </row>
     <row r="2" spans="1:11" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>1</v>
@@ -11561,52 +11768,7849 @@
       <c r="C371" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D371" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E371" s="3">
         <v>30000</v>
       </c>
       <c r="G371" s="3">
         <v>0</v>
       </c>
       <c r="H371" s="3">
         <v>912</v>
       </c>
       <c r="I371" s="3">
         <v>4340.46</v>
       </c>
       <c r="J371" s="3">
         <v>26386.54</v>
       </c>
       <c r="K371" s="20">
         <v>2025</v>
       </c>
     </row>
+    <row r="377" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A377" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D377"/>
+      <c r="H377" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J377" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D378" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="J378" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D379"/>
+    </row>
+    <row r="380" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A380" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B380" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C380" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D380" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F380" s="3">
+        <v>0</v>
+      </c>
+      <c r="J380" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K380" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D381"/>
+      <c r="G381" s="3">
+        <v>760</v>
+      </c>
+      <c r="H381" s="3">
+        <v>125</v>
+      </c>
+      <c r="K381" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A382" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B382" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D382" s="3">
+        <v>60000</v>
+      </c>
+      <c r="E382" s="3">
+        <v>3486.65</v>
+      </c>
+      <c r="F382" s="3">
+        <v>1722</v>
+      </c>
+      <c r="G382" s="3">
+        <v>1824</v>
+      </c>
+      <c r="H382" s="3">
+        <v>125</v>
+      </c>
+      <c r="J382" s="3">
+        <v>52842.35</v>
+      </c>
+      <c r="K382" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A383" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B383" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C383" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D383" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E383" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F383" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G383" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H383" s="3">
+        <v>125</v>
+      </c>
+      <c r="J383" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K383" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D384"/>
+      <c r="K384" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A385" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B385" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C385" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D385" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E385" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F385" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G385" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H385" s="3">
+        <v>5925</v>
+      </c>
+      <c r="J385" s="3">
+        <v>83116.38</v>
+      </c>
+      <c r="K385" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A386" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D386" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E386" s="3">
+        <v>14467.62</v>
+      </c>
+      <c r="F386" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G386" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H386" s="3">
+        <v>2100</v>
+      </c>
+      <c r="J386" s="3">
+        <v>86931.38</v>
+      </c>
+      <c r="K386" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="387" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D387"/>
+      <c r="J387" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K387" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A388" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B388" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D388" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E388" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F388" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G388" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H388" s="3">
+        <v>125</v>
+      </c>
+      <c r="K388" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A389" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B389" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D389" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E389" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F389" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G389" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H389" s="3">
+        <v>1840.46</v>
+      </c>
+      <c r="J389" s="3">
+        <v>35352.89</v>
+      </c>
+      <c r="K389" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D390"/>
+      <c r="J390" s="3">
+        <v>88916.38</v>
+      </c>
+      <c r="K390" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A391" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B391" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D391" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E391" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F391" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G391" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H391" s="3">
+        <v>125</v>
+      </c>
+      <c r="K391" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A392" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B392" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D392" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E392" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F392" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G392" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H392" s="3">
+        <v>245</v>
+      </c>
+      <c r="J392" s="3">
+        <v>36948.35</v>
+      </c>
+      <c r="K392" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A393" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B393" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C393" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D393" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F393" s="3">
+        <v>0</v>
+      </c>
+      <c r="G393" s="3">
+        <v>760</v>
+      </c>
+      <c r="H393" s="3">
+        <v>125</v>
+      </c>
+      <c r="J393" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K393" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D394"/>
+      <c r="K394" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A395" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B395" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C395" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D395" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E395" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F395" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G395" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H395" s="3">
+        <v>125</v>
+      </c>
+      <c r="J395" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K395" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A396" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B396" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D396" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E396" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F396" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G396" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H396" s="3">
+        <v>125</v>
+      </c>
+      <c r="J396" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K396" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D397"/>
+      <c r="K397" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A398" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B398" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C398" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D398" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E398" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F398" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G398" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H398" s="3">
+        <v>125</v>
+      </c>
+      <c r="J398" s="3">
+        <v>81859.56</v>
+      </c>
+      <c r="K398" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A399" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B399" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D399" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E399" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F399" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G399" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H399" s="3">
+        <v>125</v>
+      </c>
+      <c r="J399" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K399" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D400"/>
+      <c r="J400" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K400" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A401" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B401" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D401" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E401" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F401" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G401" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H401" s="3">
+        <v>125</v>
+      </c>
+      <c r="K401" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A402" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B402" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D402" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E402" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F402" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G402" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H402" s="3">
+        <v>9602.5</v>
+      </c>
+      <c r="J402" s="3">
+        <v>72382.06</v>
+      </c>
+      <c r="K402" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A403" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B403" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D403" s="3">
+        <v>30000</v>
+      </c>
+      <c r="F403" s="3">
+        <v>0</v>
+      </c>
+      <c r="J403" s="3">
+        <v>28102</v>
+      </c>
+      <c r="K403" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="404" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D404"/>
+      <c r="G404" s="3">
+        <v>912</v>
+      </c>
+      <c r="H404" s="3">
+        <v>125</v>
+      </c>
+      <c r="K404" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="405" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A405" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B405" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D405" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E405" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F405" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G405" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H405" s="3">
+        <v>125</v>
+      </c>
+      <c r="J405" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K405" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="406" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A406" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B406" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D406" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E406" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F406" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G406" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H406" s="3">
+        <v>125</v>
+      </c>
+      <c r="J406" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K406" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="407" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D407"/>
+      <c r="K407" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A408" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B408" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D408" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E408" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F408" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G408" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H408" s="3">
+        <v>125</v>
+      </c>
+      <c r="J408" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K408" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A409" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B409" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C409" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D409" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E409" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F409" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G409" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H409" s="3">
+        <v>125</v>
+      </c>
+      <c r="J409" s="3">
+        <v>88916.38</v>
+      </c>
+      <c r="K409" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D410"/>
+      <c r="J410" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K410" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A411" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B411" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D411" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E411" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F411" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G411" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H411" s="3">
+        <v>125</v>
+      </c>
+      <c r="K411" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="412" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A412" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B412" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D412" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E412" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F412" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G412" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H412" s="3">
+        <v>3982.14</v>
+      </c>
+      <c r="J412" s="3">
+        <v>85059.24</v>
+      </c>
+      <c r="K412" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="413" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D413"/>
+      <c r="J413" s="3">
+        <v>58454.48</v>
+      </c>
+      <c r="K413" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="414" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A414" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D414" s="3">
+        <v>67000</v>
+      </c>
+      <c r="E414" s="3">
+        <v>4460.82</v>
+      </c>
+      <c r="F414" s="3">
+        <v>1922.9</v>
+      </c>
+      <c r="G414" s="3">
+        <v>2036.8</v>
+      </c>
+      <c r="H414" s="3">
+        <v>125</v>
+      </c>
+      <c r="K414" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="415" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D415"/>
+      <c r="K415" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="416" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D416"/>
+      <c r="K416" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="417" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D417"/>
+      <c r="K417" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="418" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D418"/>
+      <c r="K418" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="419" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D419"/>
+      <c r="K419" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D420"/>
+      <c r="K420" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="421" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D421"/>
+      <c r="K421" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="422" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D422"/>
+      <c r="K422" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="423" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D423"/>
+      <c r="K423" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="424" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D424"/>
+      <c r="K424" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="425" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D425"/>
+      <c r="K425" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="426" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A426" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="H426" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J426" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K426" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="427" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D427" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="J427" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="K427" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="428" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D428"/>
+      <c r="K428" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="429" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A429" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B429" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C429" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D429" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E429" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F429" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G429" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H429" s="3">
+        <v>125</v>
+      </c>
+      <c r="J429" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K429" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="430" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D430"/>
+      <c r="J430" s="3">
+        <v>81859.56</v>
+      </c>
+      <c r="K430" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="431" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A431" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B431" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C431" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D431" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E431" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F431" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G431" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H431" s="3">
+        <v>125</v>
+      </c>
+      <c r="K431" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="432" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A432" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B432" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D432" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F432" s="3">
+        <v>0</v>
+      </c>
+      <c r="G432" s="3">
+        <v>760</v>
+      </c>
+      <c r="H432" s="3">
+        <v>2208.33</v>
+      </c>
+      <c r="J432" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K432" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="433" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A433" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B433" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C433" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D433" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E433" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F433" s="3">
+        <v>1148</v>
+      </c>
+      <c r="J433" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K433" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="434" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D434"/>
+      <c r="G434" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H434" s="3">
+        <v>125</v>
+      </c>
+      <c r="K434" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="435" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A435" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B435" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D435" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E435" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F435" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G435" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H435" s="3">
+        <v>125</v>
+      </c>
+      <c r="J435" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K435" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="436" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A436" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C436" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D436" s="3">
+        <v>35000</v>
+      </c>
+      <c r="F436" s="3">
+        <v>0</v>
+      </c>
+      <c r="G436" s="3">
+        <v>1064</v>
+      </c>
+      <c r="H436" s="3">
+        <v>3041.67</v>
+      </c>
+      <c r="J436" s="3">
+        <v>32806.5</v>
+      </c>
+      <c r="K436" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="437" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D437"/>
+      <c r="K437" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="438" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A438" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B438" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D438" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E438" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F438" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G438" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H438" s="3">
+        <v>125</v>
+      </c>
+      <c r="J438" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K438" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="439" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A439" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B439" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D439" s="3">
+        <v>65000</v>
+      </c>
+      <c r="E439" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="F439" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="G439" s="3">
+        <v>1976</v>
+      </c>
+      <c r="H439" s="3">
+        <v>125</v>
+      </c>
+      <c r="J439" s="3">
+        <v>56605.95</v>
+      </c>
+      <c r="K439" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="440" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D440"/>
+      <c r="J440" s="3">
+        <v>56605.95</v>
+      </c>
+      <c r="K440" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="441" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A441" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B441" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C441" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D441" s="3">
+        <v>65000</v>
+      </c>
+      <c r="E441" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="F441" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="G441" s="3">
+        <v>1976</v>
+      </c>
+      <c r="H441" s="3">
+        <v>125</v>
+      </c>
+      <c r="K441" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="442" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A442" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B442" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D442" s="3">
+        <v>30000</v>
+      </c>
+      <c r="F442" s="3">
+        <v>0</v>
+      </c>
+      <c r="G442" s="3">
+        <v>912</v>
+      </c>
+      <c r="H442" s="3">
+        <v>4340.46</v>
+      </c>
+      <c r="J442" s="3">
+        <v>26386.54</v>
+      </c>
+      <c r="K442" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="443" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D443"/>
+      <c r="K443" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="444" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D444"/>
+      <c r="K444" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="445" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D445"/>
+      <c r="K445" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="446" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D446"/>
+      <c r="K446" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="447" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D447"/>
+      <c r="K447" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="448" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D448"/>
+      <c r="K448" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="449" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D449"/>
+      <c r="K449" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="450" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D450"/>
+      <c r="K450" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="451" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D451"/>
+      <c r="K451" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="452" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D452"/>
+      <c r="K452" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="453" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D453"/>
+      <c r="K453" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="454" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D454"/>
+      <c r="K454" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="455" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D455"/>
+      <c r="K455" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="456" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D456"/>
+      <c r="K456" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="457" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D457"/>
+      <c r="K457" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="458" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D458"/>
+      <c r="K458" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="459" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D459"/>
+      <c r="K459" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="460" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D460"/>
+      <c r="K460" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="461" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D461"/>
+      <c r="K461" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="462" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D462"/>
+      <c r="K462" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="463" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D463"/>
+      <c r="K463" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="464" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D464"/>
+      <c r="K464" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="465" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D465"/>
+      <c r="K465" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="466" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D466"/>
+      <c r="K466" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="467" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D467"/>
+      <c r="K467" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="468" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D468"/>
+      <c r="K468" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="469" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D469"/>
+      <c r="K469" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="470" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D470"/>
+      <c r="K470" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="471" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D471"/>
+      <c r="K471" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="472" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D472"/>
+      <c r="K472" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="473" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D473"/>
+      <c r="K473" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="474" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D474"/>
+      <c r="K474" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="475" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A475" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="H475" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J475" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K475" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="476" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D476" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H476" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="J476" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="K476" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="477" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D477"/>
+      <c r="K477" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="478" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A478" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D478"/>
+      <c r="G478" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K478" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="479" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D479"/>
+      <c r="K479" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="480" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D480"/>
+      <c r="K480" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="481" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D481"/>
+      <c r="K481" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="482" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D482"/>
+      <c r="K482" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="483" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D483"/>
+      <c r="K483" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="484" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D484"/>
+      <c r="K484" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="485" spans="3:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="C485" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="D485"/>
+      <c r="K485" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="486" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D486"/>
+      <c r="K486" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="487" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D487"/>
+      <c r="K487" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="488" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="C488" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D488"/>
+      <c r="K488" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="489" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D489"/>
+      <c r="K489" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="490" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="C490" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="D490"/>
+      <c r="K490" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="491" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D491"/>
+      <c r="K491" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="492" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D492"/>
+      <c r="K492" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="493" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D493"/>
+      <c r="K493" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="494" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D494"/>
+      <c r="K494" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="495" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D495"/>
+      <c r="K495" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="496" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="D496"/>
+      <c r="K496" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="497" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A497" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B497" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D497"/>
+      <c r="H497" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="J497" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="K497" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="498" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D498" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F498" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="G498" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H498" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="J498" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="K498" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="499" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D499"/>
+      <c r="K499" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="500" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D500"/>
+      <c r="K500" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="501" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A501" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B501" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D501" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F501" s="3">
+        <v>0</v>
+      </c>
+      <c r="G501" s="3">
+        <v>760</v>
+      </c>
+      <c r="H501" s="3">
+        <v>125</v>
+      </c>
+      <c r="J501" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K501" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="502" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A502" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B502" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D502" s="3">
+        <v>60000</v>
+      </c>
+      <c r="E502" s="3">
+        <v>3486.65</v>
+      </c>
+      <c r="F502" s="3">
+        <v>1722</v>
+      </c>
+      <c r="J502" s="3">
+        <v>52842.35</v>
+      </c>
+      <c r="K502" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="503" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D503"/>
+      <c r="G503" s="3">
+        <v>1824</v>
+      </c>
+      <c r="H503" s="3">
+        <v>125</v>
+      </c>
+      <c r="K503" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="504" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A504" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B504" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D504" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E504" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F504" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G504" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H504" s="3">
+        <v>125</v>
+      </c>
+      <c r="J504" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K504" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="505" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D505"/>
+      <c r="K505" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="506" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A506" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B506" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D506" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E506" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F506" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G506" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H506" s="3">
+        <v>5925</v>
+      </c>
+      <c r="J506" s="3">
+        <v>83116.38</v>
+      </c>
+      <c r="K506" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="507" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D507"/>
+      <c r="K507" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="508" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A508" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B508" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D508" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E508" s="3">
+        <v>14467.62</v>
+      </c>
+      <c r="F508" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G508" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H508" s="3">
+        <v>2100</v>
+      </c>
+      <c r="J508" s="3">
+        <v>86931.38</v>
+      </c>
+      <c r="K508" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="509" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A509" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B509" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D509" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E509" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F509" s="3">
+        <v>1148</v>
+      </c>
+      <c r="J509" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K509" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="510" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D510"/>
+      <c r="G510" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H510" s="3">
+        <v>125</v>
+      </c>
+      <c r="K510" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="511" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A511" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B511" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D511" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E511" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F511" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G511" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H511" s="3">
+        <v>1840.46</v>
+      </c>
+      <c r="J511" s="3">
+        <v>35352.89</v>
+      </c>
+      <c r="K511" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="512" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D512"/>
+      <c r="K512" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="513" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A513" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B513" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D513" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E513" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F513" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G513" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H513" s="3">
+        <v>125</v>
+      </c>
+      <c r="J513" s="3">
+        <v>88916.38</v>
+      </c>
+      <c r="K513" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="514" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D514"/>
+      <c r="K514" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="515" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A515" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B515" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D515" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E515" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F515" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G515" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H515" s="3">
+        <v>245</v>
+      </c>
+      <c r="J515" s="3">
+        <v>36948.35</v>
+      </c>
+      <c r="K515" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="516" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A516" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B516" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D516" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F516" s="3">
+        <v>0</v>
+      </c>
+      <c r="J516" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K516" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="517" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D517"/>
+      <c r="G517" s="3">
+        <v>760</v>
+      </c>
+      <c r="H517" s="3">
+        <v>125</v>
+      </c>
+      <c r="K517" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="518" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A518" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B518" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D518" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E518" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F518" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G518" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H518" s="3">
+        <v>125</v>
+      </c>
+      <c r="J518" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K518" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="519" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D519"/>
+      <c r="K519" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="520" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A520" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B520" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D520" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E520" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F520" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G520" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H520" s="3">
+        <v>125</v>
+      </c>
+      <c r="J520" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K520" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="521" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D521"/>
+      <c r="K521" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="522" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A522" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B522" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D522" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E522" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F522" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G522" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H522" s="3">
+        <v>125</v>
+      </c>
+      <c r="J522" s="3">
+        <v>81859.56</v>
+      </c>
+      <c r="K522" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="523" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A523" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B523" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D523" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E523" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F523" s="3">
+        <v>1148</v>
+      </c>
+      <c r="J523" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K523" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="524" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A524" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D524"/>
+      <c r="G524" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H524" s="3">
+        <v>125</v>
+      </c>
+      <c r="K524" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="525" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A525" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B525" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D525" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E525" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F525" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G525" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H525" s="3">
+        <v>125</v>
+      </c>
+      <c r="J525" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K525" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="526" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D526"/>
+      <c r="K526" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="527" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A527" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B527" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D527" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E527" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F527" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G527" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H527" s="3">
+        <v>9602.5</v>
+      </c>
+      <c r="J527" s="3">
+        <v>72382.06</v>
+      </c>
+      <c r="K527" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="528" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D528"/>
+      <c r="K528" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="529" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A529" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B529" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D529" s="3">
+        <v>30000</v>
+      </c>
+      <c r="F529" s="3">
+        <v>0</v>
+      </c>
+      <c r="G529" s="3">
+        <v>912</v>
+      </c>
+      <c r="H529" s="3">
+        <v>125</v>
+      </c>
+      <c r="J529" s="3">
+        <v>28102</v>
+      </c>
+      <c r="K529" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="530" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A530" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B530" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D530" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E530" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F530" s="3">
+        <v>1148</v>
+      </c>
+      <c r="J530" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K530" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="531" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D531"/>
+      <c r="G531" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H531" s="3">
+        <v>125</v>
+      </c>
+      <c r="K531" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="532" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A532" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B532" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D532" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E532" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F532" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G532" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H532" s="3">
+        <v>125</v>
+      </c>
+      <c r="J532" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K532" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="533" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D533"/>
+      <c r="K533" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="534" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A534" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B534" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D534" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E534" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F534" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G534" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H534" s="3">
+        <v>125</v>
+      </c>
+      <c r="J534" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K534" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="535" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D535"/>
+      <c r="K535" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="536" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D536"/>
+      <c r="K536" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="537" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D537"/>
+      <c r="K537" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="538" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D538"/>
+      <c r="K538" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="539" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D539"/>
+      <c r="K539" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="540" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D540"/>
+      <c r="K540" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="541" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D541"/>
+      <c r="K541" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="542" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D542"/>
+      <c r="K542" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="543" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D543"/>
+      <c r="K543" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="544" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D544"/>
+      <c r="K544" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="545" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D545"/>
+      <c r="K545" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="546" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A546" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B546" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D546" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F546" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="G546" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H546" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="J546" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="K546" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="547" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D547" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H547" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="J547" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="K547" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="548" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D548"/>
+      <c r="K548" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="549" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A549" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B549" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D549" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E549" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F549" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G549" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H549" s="3">
+        <v>125</v>
+      </c>
+      <c r="J549" s="3">
+        <v>88916.38</v>
+      </c>
+      <c r="K549" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="550" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D550"/>
+      <c r="K550" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="551" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A551" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B551" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D551" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E551" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F551" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G551" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H551" s="3">
+        <v>125</v>
+      </c>
+      <c r="J551" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K551" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="552" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D552"/>
+      <c r="K552" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="553" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A553" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B553" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D553" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E553" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F553" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G553" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H553" s="3">
+        <v>3982.14</v>
+      </c>
+      <c r="J553" s="3">
+        <v>85059.24</v>
+      </c>
+      <c r="K553" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="554" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D554"/>
+      <c r="J554" s="3">
+        <v>58454.48</v>
+      </c>
+      <c r="K554" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="555" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A555" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B555" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D555" s="3">
+        <v>67000</v>
+      </c>
+      <c r="E555" s="3">
+        <v>4460.82</v>
+      </c>
+      <c r="F555" s="3">
+        <v>1922.9</v>
+      </c>
+      <c r="G555" s="3">
+        <v>2036.8</v>
+      </c>
+      <c r="H555" s="3">
+        <v>125</v>
+      </c>
+      <c r="K555" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="556" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A556" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B556" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D556" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E556" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F556" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G556" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H556" s="3">
+        <v>125</v>
+      </c>
+      <c r="J556" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K556" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="557" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A557" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="D557"/>
+      <c r="K557" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="558" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A558" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B558" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D558" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E558" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F558" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G558" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H558" s="3">
+        <v>125</v>
+      </c>
+      <c r="J558" s="3">
+        <v>81859.56</v>
+      </c>
+      <c r="K558" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="559" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D559"/>
+      <c r="K559" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="560" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A560" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B560" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D560" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F560" s="3">
+        <v>0</v>
+      </c>
+      <c r="G560" s="3">
+        <v>760</v>
+      </c>
+      <c r="H560" s="3">
+        <v>2208.33</v>
+      </c>
+      <c r="J560" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K560" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="561" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D561"/>
+      <c r="J561" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K561" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="562" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A562" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B562" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D562" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E562" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F562" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G562" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H562" s="3">
+        <v>125</v>
+      </c>
+      <c r="K562" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="563" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A563" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B563" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D563" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E563" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F563" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G563" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H563" s="3">
+        <v>125</v>
+      </c>
+      <c r="J563" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K563" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="564" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D564"/>
+      <c r="K564" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="565" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A565" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B565" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D565" s="3">
+        <v>35000</v>
+      </c>
+      <c r="F565" s="3">
+        <v>0</v>
+      </c>
+      <c r="G565" s="3">
+        <v>1064</v>
+      </c>
+      <c r="H565" s="3">
+        <v>3041.67</v>
+      </c>
+      <c r="J565" s="3">
+        <v>32806.5</v>
+      </c>
+      <c r="K565" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="566" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D566"/>
+      <c r="K566" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="567" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A567" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B567" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D567" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E567" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F567" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G567" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H567" s="3">
+        <v>125</v>
+      </c>
+      <c r="J567" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K567" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="568" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D568"/>
+      <c r="J568" s="3">
+        <v>56605.95</v>
+      </c>
+      <c r="K568" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="569" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A569" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B569" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D569" s="3">
+        <v>65000</v>
+      </c>
+      <c r="E569" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="F569" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="G569" s="3">
+        <v>1976</v>
+      </c>
+      <c r="H569" s="3">
+        <v>125</v>
+      </c>
+      <c r="K569" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="570" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A570" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B570" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D570" s="3">
+        <v>65000</v>
+      </c>
+      <c r="E570" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="F570" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="G570" s="3">
+        <v>1976</v>
+      </c>
+      <c r="H570" s="3">
+        <v>125</v>
+      </c>
+      <c r="J570" s="3">
+        <v>56605.95</v>
+      </c>
+      <c r="K570" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="571" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D571"/>
+      <c r="K571" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="572" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A572" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B572" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D572" s="3">
+        <v>30000</v>
+      </c>
+      <c r="F572" s="3">
+        <v>0</v>
+      </c>
+      <c r="G572" s="3">
+        <v>912</v>
+      </c>
+      <c r="H572" s="3">
+        <v>4340.46</v>
+      </c>
+      <c r="J572" s="3">
+        <v>26386.54</v>
+      </c>
+      <c r="K572" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="573" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D573"/>
+    </row>
+    <row r="574" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A574" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B574" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D574" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F574" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="G574" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H574" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="J574" s="13" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="575" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D575" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H575" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="J575" s="13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="576" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D576"/>
+    </row>
+    <row r="577" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A577" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D577"/>
+      <c r="G577" s="4" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="578" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D578"/>
+    </row>
+    <row r="579" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D579"/>
+    </row>
+    <row r="580" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="B580" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="D580"/>
+    </row>
+    <row r="581" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="C581" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="D581"/>
+    </row>
+    <row r="582" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D582"/>
+    </row>
+    <row r="583" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A583" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="D583"/>
+    </row>
+    <row r="584" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D584"/>
+    </row>
+    <row r="585" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A585" s="21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D585"/>
+    </row>
+    <row r="586" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D586"/>
+    </row>
+    <row r="587" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A587" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D587"/>
+      <c r="H587" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J587" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="588" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D588" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="H588" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="J588" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="589" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D589"/>
+    </row>
+    <row r="590" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A590" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B590" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C590" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D590" s="3">
+        <v>60000</v>
+      </c>
+      <c r="E590" s="3">
+        <v>3486.65</v>
+      </c>
+      <c r="F590" s="3">
+        <v>1722</v>
+      </c>
+      <c r="J590" s="3">
+        <v>52842.35</v>
+      </c>
+      <c r="K590" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="591" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D591"/>
+      <c r="G591" s="3">
+        <v>1824</v>
+      </c>
+      <c r="H591" s="3">
+        <v>125</v>
+      </c>
+      <c r="K591" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="592" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A592" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B592" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C592" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D592" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E592" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F592" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G592" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H592" s="3">
+        <v>125</v>
+      </c>
+      <c r="J592" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K592" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="593" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A593" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B593" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C593" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D593" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E593" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F593" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G593" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H593" s="3">
+        <v>5925</v>
+      </c>
+      <c r="J593" s="3">
+        <v>83116.38</v>
+      </c>
+      <c r="K593" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="594" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D594"/>
+      <c r="K594" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="595" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A595" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B595" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C595" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D595" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E595" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F595" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G595" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H595" s="3">
+        <v>125</v>
+      </c>
+      <c r="J595" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K595" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="596" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A596" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B596" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C596" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D596" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E596" s="3">
+        <v>14467.62</v>
+      </c>
+      <c r="F596" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G596" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H596" s="3">
+        <v>125</v>
+      </c>
+      <c r="J596" s="3">
+        <v>88906.38</v>
+      </c>
+      <c r="K596" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="597" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D597"/>
+      <c r="J597" s="3">
+        <v>88916.38</v>
+      </c>
+      <c r="K597" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="598" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A598" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B598" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C598" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D598" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E598" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F598" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G598" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H598" s="3">
+        <v>125</v>
+      </c>
+      <c r="K598" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="599" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A599" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B599" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C599" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D599" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E599" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F599" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G599" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H599" s="3">
+        <v>245</v>
+      </c>
+      <c r="J599" s="3">
+        <v>36948.35</v>
+      </c>
+      <c r="K599" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="600" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D600"/>
+      <c r="J600" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K600" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="601" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A601" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B601" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C601" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D601" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F601" s="3">
+        <v>0</v>
+      </c>
+      <c r="G601" s="3">
+        <v>760</v>
+      </c>
+      <c r="H601" s="3">
+        <v>125</v>
+      </c>
+      <c r="K601" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="602" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A602" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B602" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C602" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D602" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E602" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F602" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G602" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H602" s="3">
+        <v>125</v>
+      </c>
+      <c r="J602" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K602" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="603" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A603" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B603" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C603" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D603" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E603" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F603" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G603" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H603" s="3">
+        <v>125</v>
+      </c>
+      <c r="J603" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K603" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="604" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D604"/>
+      <c r="K604" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="605" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A605" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B605" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C605" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D605" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E605" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F605" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G605" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H605" s="3">
+        <v>125</v>
+      </c>
+      <c r="J605" s="3">
+        <v>81859.56</v>
+      </c>
+      <c r="K605" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="606" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A606" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B606" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C606" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D606" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E606" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F606" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G606" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H606" s="3">
+        <v>125</v>
+      </c>
+      <c r="J606" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K606" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="607" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D607"/>
+      <c r="K607" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="608" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A608" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B608" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C608" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D608" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E608" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F608" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G608" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H608" s="3">
+        <v>125</v>
+      </c>
+      <c r="J608" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K608" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="609" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A609" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B609" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C609" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D609" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E609" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F609" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G609" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H609" s="3">
+        <v>125</v>
+      </c>
+      <c r="J609" s="3">
+        <v>81859.56</v>
+      </c>
+      <c r="K609" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="610" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D610"/>
+      <c r="J610" s="3">
+        <v>28102</v>
+      </c>
+      <c r="K610" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="611" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A611" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B611" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C611" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D611" s="3">
+        <v>30000</v>
+      </c>
+      <c r="F611" s="3">
+        <v>0</v>
+      </c>
+      <c r="G611" s="3">
+        <v>912</v>
+      </c>
+      <c r="H611" s="3">
+        <v>125</v>
+      </c>
+      <c r="K611" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="612" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A612" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B612" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C612" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D612" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E612" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F612" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G612" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H612" s="3">
+        <v>125</v>
+      </c>
+      <c r="J612" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K612" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="613" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A613" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B613" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C613" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D613" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E613" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F613" s="3">
+        <v>1435</v>
+      </c>
+      <c r="J613" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K613" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="614" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D614"/>
+      <c r="G614" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H614" s="3">
+        <v>125</v>
+      </c>
+      <c r="K614" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="615" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A615" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B615" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C615" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D615" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E615" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F615" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G615" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H615" s="3">
+        <v>125</v>
+      </c>
+      <c r="J615" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K615" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="616" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A616" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B616" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C616" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D616" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E616" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F616" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G616" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H616" s="3">
+        <v>125</v>
+      </c>
+      <c r="J616" s="3">
+        <v>88916.38</v>
+      </c>
+      <c r="K616" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="617" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D617"/>
+      <c r="K617" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="618" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A618" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B618" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C618" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D618" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E618" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F618" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G618" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H618" s="3">
+        <v>125</v>
+      </c>
+      <c r="J618" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K618" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="619" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A619" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B619" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C619" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D619" s="3">
+        <v>110000</v>
+      </c>
+      <c r="E619" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="F619" s="3">
+        <v>3157</v>
+      </c>
+      <c r="G619" s="3">
+        <v>3344</v>
+      </c>
+      <c r="H619" s="3">
+        <v>125.02</v>
+      </c>
+      <c r="J619" s="3">
+        <v>88916.36</v>
+      </c>
+      <c r="K619" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="620" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D620"/>
+      <c r="J620" s="3">
+        <v>58454.48</v>
+      </c>
+      <c r="K620" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="621" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A621" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B621" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C621" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D621" s="3">
+        <v>67000</v>
+      </c>
+      <c r="E621" s="3">
+        <v>4460.82</v>
+      </c>
+      <c r="F621" s="3">
+        <v>1922.9</v>
+      </c>
+      <c r="G621" s="3">
+        <v>2036.8</v>
+      </c>
+      <c r="H621" s="3">
+        <v>125</v>
+      </c>
+      <c r="K621" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="622" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A622" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B622" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C622" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D622" s="3">
+        <v>50000</v>
+      </c>
+      <c r="E622" s="3">
+        <v>1854</v>
+      </c>
+      <c r="F622" s="3">
+        <v>1435</v>
+      </c>
+      <c r="G622" s="3">
+        <v>1520</v>
+      </c>
+      <c r="H622" s="3">
+        <v>125</v>
+      </c>
+      <c r="J622" s="3">
+        <v>45066</v>
+      </c>
+      <c r="K622" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="623" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D623"/>
+      <c r="J623" s="3">
+        <v>81859.56</v>
+      </c>
+      <c r="K623" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="624" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A624" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B624" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C624" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D624" s="3">
+        <v>100000</v>
+      </c>
+      <c r="E624" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="F624" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G624" s="3">
+        <v>3040</v>
+      </c>
+      <c r="H624" s="3">
+        <v>125</v>
+      </c>
+      <c r="K624" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="625" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D625"/>
+      <c r="K625" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="626" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D626"/>
+      <c r="K626" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="627" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A627" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F627" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="H627" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J627" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K627" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="628" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D628" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H628" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="J628" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="K628" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="629" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D629"/>
+      <c r="K629" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="630" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A630" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B630" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C630" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D630" s="3">
+        <v>25000</v>
+      </c>
+      <c r="F630" s="3">
+        <v>0</v>
+      </c>
+      <c r="G630" s="3">
+        <v>760</v>
+      </c>
+      <c r="H630" s="3">
+        <v>2208.33</v>
+      </c>
+      <c r="J630" s="3">
+        <v>23397.5</v>
+      </c>
+      <c r="K630" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="631" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D631"/>
+      <c r="J631" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K631" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="632" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A632" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B632" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C632" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D632" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E632" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F632" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G632" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H632" s="3">
+        <v>125</v>
+      </c>
+      <c r="K632" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="633" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A633" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B633" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C633" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D633" s="3">
+        <v>35000</v>
+      </c>
+      <c r="F633" s="3">
+        <v>0</v>
+      </c>
+      <c r="G633" s="3">
+        <v>1064</v>
+      </c>
+      <c r="H633" s="3">
+        <v>125</v>
+      </c>
+      <c r="J633" s="3">
+        <v>32806.5</v>
+      </c>
+      <c r="K633" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="634" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A634" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B634" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C634" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D634" s="3">
+        <v>35000</v>
+      </c>
+      <c r="F634" s="3">
+        <v>0</v>
+      </c>
+      <c r="J634" s="3">
+        <v>32806.5</v>
+      </c>
+      <c r="K634" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="635" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D635"/>
+      <c r="G635" s="3">
+        <v>1064</v>
+      </c>
+      <c r="H635" s="3">
+        <v>3041.67</v>
+      </c>
+      <c r="K635" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="636" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A636" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B636" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C636" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D636" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E636" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F636" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G636" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H636" s="3">
+        <v>125</v>
+      </c>
+      <c r="J636" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K636" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="637" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A637" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B637" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C637" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D637" s="3">
+        <v>65000</v>
+      </c>
+      <c r="E637" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="F637" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="G637" s="3">
+        <v>1976</v>
+      </c>
+      <c r="H637" s="3">
+        <v>125</v>
+      </c>
+      <c r="J637" s="3">
+        <v>56605.95</v>
+      </c>
+      <c r="K637" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="638" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D638"/>
+      <c r="K638" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="639" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A639" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B639" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C639" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D639" s="3">
+        <v>65000</v>
+      </c>
+      <c r="E639" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="F639" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="G639" s="3">
+        <v>1976</v>
+      </c>
+      <c r="H639" s="3">
+        <v>125</v>
+      </c>
+      <c r="J639" s="3">
+        <v>56605.95</v>
+      </c>
+      <c r="K639" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="640" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A640" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B640" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C640" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D640" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E640" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F640" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G640" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H640" s="3">
+        <v>125</v>
+      </c>
+      <c r="J640" s="3">
+        <v>37068.35</v>
+      </c>
+      <c r="K640" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="641" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D641"/>
+      <c r="J641" s="3">
+        <v>26386.54</v>
+      </c>
+      <c r="K641" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="642" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A642" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B642" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C642" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D642" s="3">
+        <v>30000</v>
+      </c>
+      <c r="F642" s="3">
+        <v>0</v>
+      </c>
+      <c r="G642" s="3">
+        <v>912</v>
+      </c>
+      <c r="H642" s="3">
+        <v>4340.46</v>
+      </c>
+      <c r="K642" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="643" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A643" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B643" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C643" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D643" s="3">
+        <v>40000</v>
+      </c>
+      <c r="E643" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="F643" s="3">
+        <v>1148</v>
+      </c>
+      <c r="G643" s="3">
+        <v>1216</v>
+      </c>
+      <c r="H643" s="3">
+        <v>1840.46</v>
+      </c>
+      <c r="J643" s="3">
+        <v>35352.89</v>
+      </c>
+      <c r="K643" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="644" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D644"/>
+    </row>
+    <row r="645" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D645"/>
+    </row>
+    <row r="646" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A646" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F646" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="H646" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J646" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="647" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D647" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H647" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="J647" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="648" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D648"/>
+    </row>
+    <row r="649" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A649" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D649"/>
+      <c r="G649" s="4" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="652" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D652"/>
+      <c r="K652"/>
+    </row>
+    <row r="653" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D653"/>
+      <c r="K653"/>
+    </row>
+    <row r="654" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="D654"/>
+      <c r="J654" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="K654"/>
+    </row>
+    <row r="655" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="D655"/>
+      <c r="K655" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="656" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="D656"/>
+      <c r="K656"/>
+    </row>
+    <row r="657" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D657"/>
+      <c r="I657" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="K657"/>
+    </row>
+    <row r="658" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D658"/>
+      <c r="K658"/>
+    </row>
+    <row r="659" spans="1:20" ht="15" x14ac:dyDescent="0.2">
+      <c r="D659"/>
+      <c r="I659" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K659"/>
+    </row>
+    <row r="660" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D660"/>
+      <c r="K660"/>
+    </row>
+    <row r="661" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A661" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D661"/>
+      <c r="E661" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H661" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="K661"/>
+      <c r="R661" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="T661" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="662" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D662"/>
+      <c r="K662"/>
+      <c r="L662" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="N662" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="P662" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q662" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="R662" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="T662" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="663" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D663"/>
+      <c r="K663"/>
+    </row>
+    <row r="664" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A664" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D664"/>
+      <c r="E664" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H664" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K664"/>
+      <c r="N664" s="3">
+        <v>60000</v>
+      </c>
+      <c r="O664" s="3">
+        <v>3486.65</v>
+      </c>
+      <c r="P664" s="3">
+        <v>1722</v>
+      </c>
+      <c r="T664" s="3">
+        <v>52842.35</v>
+      </c>
+    </row>
+    <row r="665" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D665"/>
+      <c r="K665"/>
+      <c r="Q665" s="3">
+        <v>1824</v>
+      </c>
+      <c r="R665" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="666" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A666" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D666"/>
+      <c r="E666" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H666" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K666"/>
+      <c r="N666" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O666" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P666" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q666" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R666" s="3">
+        <v>125</v>
+      </c>
+      <c r="T666" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="667" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A667" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D667"/>
+      <c r="E667" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H667" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="K667"/>
+      <c r="N667" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O667" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P667" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q667" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R667" s="3">
+        <v>5925</v>
+      </c>
+      <c r="T667" s="3">
+        <v>83116.38</v>
+      </c>
+    </row>
+    <row r="668" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D668"/>
+      <c r="K668"/>
+    </row>
+    <row r="669" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A669" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D669"/>
+      <c r="E669" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H669" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="K669"/>
+      <c r="N669" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O669" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P669" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q669" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R669" s="3">
+        <v>125</v>
+      </c>
+      <c r="T669" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="670" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A670" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D670"/>
+      <c r="E670" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H670" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K670"/>
+      <c r="N670" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O670" s="3">
+        <v>14467.62</v>
+      </c>
+      <c r="P670" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q670" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R670" s="3">
+        <v>2100</v>
+      </c>
+      <c r="T670" s="3">
+        <v>86931.38</v>
+      </c>
+    </row>
+    <row r="671" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D671"/>
+      <c r="K671"/>
+      <c r="T671" s="3">
+        <v>88916.38</v>
+      </c>
+    </row>
+    <row r="672" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A672" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D672"/>
+      <c r="E672" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H672" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K672"/>
+      <c r="N672" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O672" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P672" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q672" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R672" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="673" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A673" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D673"/>
+      <c r="E673" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="H673" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="K673"/>
+      <c r="N673" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O673" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P673" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q673" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R673" s="3">
+        <v>245</v>
+      </c>
+      <c r="T673" s="3">
+        <v>36948.35</v>
+      </c>
+    </row>
+    <row r="674" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D674"/>
+      <c r="K674"/>
+      <c r="T674" s="3">
+        <v>23397.5</v>
+      </c>
+    </row>
+    <row r="675" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A675" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D675"/>
+      <c r="E675" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H675" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="K675"/>
+      <c r="N675" s="3">
+        <v>25000</v>
+      </c>
+      <c r="P675" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q675" s="3">
+        <v>760</v>
+      </c>
+      <c r="R675" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="676" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A676" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D676"/>
+      <c r="E676" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H676" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="K676"/>
+      <c r="N676" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O676" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P676" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q676" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R676" s="3">
+        <v>125</v>
+      </c>
+      <c r="T676" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="677" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A677" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D677"/>
+      <c r="E677" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H677" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="K677"/>
+      <c r="N677" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O677" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P677" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q677" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R677" s="3">
+        <v>125</v>
+      </c>
+      <c r="T677" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="678" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D678"/>
+      <c r="K678"/>
+    </row>
+    <row r="679" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A679" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D679"/>
+      <c r="E679" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H679" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K679"/>
+      <c r="N679" s="3">
+        <v>100000</v>
+      </c>
+      <c r="O679" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="P679" s="3">
+        <v>2870</v>
+      </c>
+      <c r="Q679" s="3">
+        <v>3040</v>
+      </c>
+      <c r="R679" s="3">
+        <v>125</v>
+      </c>
+      <c r="T679" s="3">
+        <v>81859.56</v>
+      </c>
+    </row>
+    <row r="680" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A680" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D680"/>
+      <c r="E680" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H680" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K680"/>
+      <c r="N680" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O680" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P680" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q680" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R680" s="3">
+        <v>125</v>
+      </c>
+      <c r="T680" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="681" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D681"/>
+      <c r="K681"/>
+    </row>
+    <row r="682" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A682" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D682"/>
+      <c r="E682" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H682" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="K682"/>
+      <c r="N682" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O682" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P682" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q682" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R682" s="3">
+        <v>125</v>
+      </c>
+      <c r="T682" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="683" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A683" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D683"/>
+      <c r="E683" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H683" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K683"/>
+      <c r="N683" s="3">
+        <v>100000</v>
+      </c>
+      <c r="O683" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="P683" s="3">
+        <v>2870</v>
+      </c>
+      <c r="Q683" s="3">
+        <v>3040</v>
+      </c>
+      <c r="R683" s="3">
+        <v>9602.5</v>
+      </c>
+      <c r="T683" s="3">
+        <v>72382.06</v>
+      </c>
+    </row>
+    <row r="684" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D684"/>
+      <c r="K684"/>
+      <c r="T684" s="3">
+        <v>28102</v>
+      </c>
+    </row>
+    <row r="685" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A685" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D685"/>
+      <c r="E685" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H685" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="K685"/>
+      <c r="N685" s="3">
+        <v>30000</v>
+      </c>
+      <c r="P685" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q685" s="3">
+        <v>912</v>
+      </c>
+      <c r="R685" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="686" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A686" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D686"/>
+      <c r="E686" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H686" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K686"/>
+      <c r="N686" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O686" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P686" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q686" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R686" s="3">
+        <v>125</v>
+      </c>
+      <c r="T686" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="687" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A687" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D687"/>
+      <c r="E687" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H687" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="K687"/>
+      <c r="L687" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="N687" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O687" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P687" s="3">
+        <v>1435</v>
+      </c>
+      <c r="T687" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="688" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D688"/>
+      <c r="K688"/>
+      <c r="Q688" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R688" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="689" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A689" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D689"/>
+      <c r="E689" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H689" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K689"/>
+      <c r="N689" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O689" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P689" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q689" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R689" s="3">
+        <v>125</v>
+      </c>
+      <c r="T689" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="690" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A690" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D690"/>
+      <c r="E690" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H690" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K690"/>
+      <c r="N690" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O690" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P690" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q690" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R690" s="3">
+        <v>125</v>
+      </c>
+      <c r="T690" s="3">
+        <v>88916.38</v>
+      </c>
+    </row>
+    <row r="691" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D691"/>
+      <c r="K691"/>
+    </row>
+    <row r="692" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A692" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D692"/>
+      <c r="E692" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H692" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K692"/>
+      <c r="N692" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O692" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P692" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q692" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R692" s="3">
+        <v>125</v>
+      </c>
+      <c r="T692" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="693" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A693" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D693"/>
+      <c r="E693" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H693" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K693"/>
+      <c r="N693" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O693" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P693" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q693" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R693" s="3">
+        <v>3982.14</v>
+      </c>
+      <c r="T693" s="3">
+        <v>85059.24</v>
+      </c>
+    </row>
+    <row r="694" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D694"/>
+      <c r="K694"/>
+      <c r="T694" s="3">
+        <v>58454.48</v>
+      </c>
+    </row>
+    <row r="695" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A695" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D695"/>
+      <c r="E695" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H695" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K695"/>
+      <c r="N695" s="3">
+        <v>67000</v>
+      </c>
+      <c r="O695" s="3">
+        <v>4460.82</v>
+      </c>
+      <c r="P695" s="3">
+        <v>1922.9</v>
+      </c>
+      <c r="Q695" s="3">
+        <v>2036.8</v>
+      </c>
+      <c r="R695" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="696" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A696" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D696"/>
+      <c r="E696" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H696" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="K696"/>
+      <c r="N696" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O696" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P696" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q696" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R696" s="3">
+        <v>125</v>
+      </c>
+      <c r="T696" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="697" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D697"/>
+      <c r="K697"/>
+      <c r="T697" s="3">
+        <v>81859.56</v>
+      </c>
+    </row>
+    <row r="698" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A698" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D698"/>
+      <c r="E698" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H698" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="K698"/>
+      <c r="N698" s="3">
+        <v>100000</v>
+      </c>
+      <c r="O698" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="P698" s="3">
+        <v>2870</v>
+      </c>
+      <c r="Q698" s="3">
+        <v>3040</v>
+      </c>
+      <c r="R698" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="699" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D699"/>
+      <c r="K699"/>
+    </row>
+    <row r="700" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D700"/>
+      <c r="K700"/>
+    </row>
+    <row r="701" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D701"/>
+      <c r="K701"/>
+    </row>
+    <row r="702" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D702"/>
+      <c r="K702"/>
+    </row>
+    <row r="703" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D703"/>
+      <c r="J703" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="K703"/>
+    </row>
+    <row r="704" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D704"/>
+      <c r="K704" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="705" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D705"/>
+      <c r="K705"/>
+    </row>
+    <row r="706" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D706"/>
+      <c r="I706" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="K706"/>
+    </row>
+    <row r="707" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D707"/>
+      <c r="K707"/>
+    </row>
+    <row r="708" spans="1:20" ht="15" x14ac:dyDescent="0.2">
+      <c r="D708"/>
+      <c r="I708" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K708"/>
+    </row>
+    <row r="709" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D709"/>
+      <c r="K709"/>
+    </row>
+    <row r="710" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A710" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D710"/>
+      <c r="E710" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H710" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="K710"/>
+      <c r="N710" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="P710" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q710" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="R710" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="T710" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="711" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D711"/>
+      <c r="K711"/>
+      <c r="L711" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="N711" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="R711" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="T711" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="712" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D712"/>
+      <c r="K712"/>
+    </row>
+    <row r="713" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A713" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D713"/>
+      <c r="E713" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H713" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="K713"/>
+      <c r="N713" s="3">
+        <v>25000</v>
+      </c>
+      <c r="P713" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q713" s="3">
+        <v>760</v>
+      </c>
+      <c r="R713" s="3">
+        <v>2208.33</v>
+      </c>
+      <c r="T713" s="3">
+        <v>23397.5</v>
+      </c>
+    </row>
+    <row r="714" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D714"/>
+      <c r="K714"/>
+      <c r="T714" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="715" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A715" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D715"/>
+      <c r="E715" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H715" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="K715"/>
+      <c r="N715" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O715" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P715" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q715" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R715" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="716" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A716" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D716"/>
+      <c r="E716" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H716" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="K716"/>
+      <c r="N716" s="3">
+        <v>35000</v>
+      </c>
+      <c r="P716" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q716" s="3">
+        <v>1064</v>
+      </c>
+      <c r="R716" s="3">
+        <v>125</v>
+      </c>
+      <c r="T716" s="3">
+        <v>32806.5</v>
+      </c>
+    </row>
+    <row r="717" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A717" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D717"/>
+      <c r="E717" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H717" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K717"/>
+      <c r="N717" s="3">
+        <v>35000</v>
+      </c>
+      <c r="P717" s="3">
+        <v>0</v>
+      </c>
+      <c r="T717" s="3">
+        <v>32806.5</v>
+      </c>
+    </row>
+    <row r="718" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D718"/>
+      <c r="K718"/>
+      <c r="Q718" s="3">
+        <v>1064</v>
+      </c>
+      <c r="R718" s="3">
+        <v>3041.67</v>
+      </c>
+    </row>
+    <row r="719" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A719" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D719"/>
+      <c r="E719" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H719" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="K719"/>
+      <c r="N719" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O719" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P719" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q719" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R719" s="3">
+        <v>125</v>
+      </c>
+      <c r="T719" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="720" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A720" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D720"/>
+      <c r="E720" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H720" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="K720"/>
+      <c r="N720" s="3">
+        <v>65000</v>
+      </c>
+      <c r="O720" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="P720" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="Q720" s="3">
+        <v>1976</v>
+      </c>
+      <c r="R720" s="3">
+        <v>125</v>
+      </c>
+      <c r="T720" s="3">
+        <v>56605.95</v>
+      </c>
+    </row>
+    <row r="721" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D721"/>
+      <c r="K721"/>
+    </row>
+    <row r="722" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A722" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D722"/>
+      <c r="E722" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H722" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="K722"/>
+      <c r="N722" s="3">
+        <v>65000</v>
+      </c>
+      <c r="O722" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="P722" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="Q722" s="3">
+        <v>1976</v>
+      </c>
+      <c r="R722" s="3">
+        <v>125</v>
+      </c>
+      <c r="T722" s="3">
+        <v>56605.95</v>
+      </c>
+    </row>
+    <row r="723" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A723" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D723"/>
+      <c r="E723" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H723" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K723"/>
+      <c r="N723" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O723" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P723" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q723" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R723" s="3">
+        <v>125</v>
+      </c>
+      <c r="T723" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="724" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D724"/>
+      <c r="K724"/>
+      <c r="T724" s="3">
+        <v>26182.22</v>
+      </c>
+    </row>
+    <row r="725" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A725" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D725"/>
+      <c r="E725" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H725" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K725"/>
+      <c r="N725" s="3">
+        <v>30000</v>
+      </c>
+      <c r="P725" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q725" s="3">
+        <v>912</v>
+      </c>
+      <c r="R725" s="3">
+        <v>4544.78</v>
+      </c>
+    </row>
+    <row r="726" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A726" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D726"/>
+      <c r="E726" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H726" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K726"/>
+      <c r="N726" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O726" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P726" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q726" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R726" s="3">
+        <v>2044.78</v>
+      </c>
+      <c r="T726" s="3">
+        <v>35148.57</v>
+      </c>
+    </row>
+    <row r="727" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D727"/>
+      <c r="K727"/>
+    </row>
+    <row r="728" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D728"/>
+      <c r="K728"/>
+    </row>
+    <row r="729" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D729"/>
+      <c r="K729"/>
+    </row>
+    <row r="730" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D730"/>
+      <c r="K730"/>
+    </row>
+    <row r="731" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D731"/>
+      <c r="K731"/>
+    </row>
+    <row r="732" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D732"/>
+      <c r="K732"/>
+    </row>
+    <row r="733" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D733"/>
+      <c r="K733"/>
+    </row>
+    <row r="734" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D734"/>
+      <c r="K734"/>
+    </row>
+    <row r="735" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D735"/>
+      <c r="K735"/>
+    </row>
+    <row r="736" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D736"/>
+      <c r="K736"/>
+    </row>
+    <row r="737" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D737"/>
+      <c r="K737"/>
+    </row>
+    <row r="738" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D738"/>
+      <c r="K738"/>
+    </row>
+    <row r="739" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D739"/>
+      <c r="K739"/>
+    </row>
+    <row r="740" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D740"/>
+      <c r="K740"/>
+    </row>
+    <row r="741" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D741"/>
+      <c r="K741"/>
+    </row>
+    <row r="742" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D742"/>
+      <c r="K742"/>
+    </row>
+    <row r="743" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D743"/>
+      <c r="K743"/>
+    </row>
+    <row r="744" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D744"/>
+      <c r="K744"/>
+    </row>
+    <row r="745" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D745"/>
+      <c r="K745"/>
+    </row>
+    <row r="746" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D746"/>
+      <c r="K746"/>
+    </row>
+    <row r="747" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D747"/>
+      <c r="K747"/>
+    </row>
+    <row r="748" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D748"/>
+      <c r="K748"/>
+    </row>
+    <row r="749" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D749"/>
+      <c r="K749"/>
+    </row>
+    <row r="750" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D750"/>
+      <c r="K750"/>
+    </row>
+    <row r="751" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D751"/>
+      <c r="K751"/>
+    </row>
+    <row r="752" spans="4:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="D752"/>
+      <c r="J752" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="K752"/>
+    </row>
+    <row r="753" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D753"/>
+      <c r="K753" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="754" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D754"/>
+      <c r="I754" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="K754"/>
+    </row>
+    <row r="755" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D755"/>
+      <c r="K755"/>
+    </row>
+    <row r="756" spans="1:20" ht="15" x14ac:dyDescent="0.2">
+      <c r="D756"/>
+      <c r="I756" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K756"/>
+    </row>
+    <row r="757" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D757"/>
+      <c r="K757"/>
+    </row>
+    <row r="758" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D758"/>
+      <c r="K758"/>
+    </row>
+    <row r="759" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A759" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D759"/>
+      <c r="E759" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H759" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="K759"/>
+      <c r="L759" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="N759" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="P759" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q759" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="R759" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="T759" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="760" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D760"/>
+      <c r="K760"/>
+      <c r="N760" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="R760" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="T760" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="761" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D761"/>
+      <c r="K761"/>
+    </row>
+    <row r="762" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A762" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D762"/>
+      <c r="K762"/>
+      <c r="Q762" s="4" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="763" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D763"/>
+      <c r="K763"/>
+    </row>
+    <row r="764" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D764"/>
+      <c r="K764"/>
+    </row>
+    <row r="765" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D765"/>
+      <c r="K765"/>
+    </row>
+    <row r="766" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D766"/>
+      <c r="K766"/>
+    </row>
+    <row r="767" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D767"/>
+      <c r="K767"/>
+    </row>
+    <row r="768" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D768"/>
+      <c r="K768"/>
+    </row>
+    <row r="769" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D769"/>
+      <c r="K769"/>
+    </row>
+    <row r="770" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D770"/>
+      <c r="K770"/>
+    </row>
+    <row r="771" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D771"/>
+      <c r="K771"/>
+    </row>
+    <row r="772" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D772"/>
+      <c r="K772"/>
+    </row>
+    <row r="773" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D773"/>
+      <c r="K773"/>
+    </row>
+    <row r="774" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D774"/>
+      <c r="K774"/>
+    </row>
+    <row r="775" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D775"/>
+      <c r="K775"/>
+    </row>
+    <row r="776" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D776"/>
+      <c r="K776"/>
+    </row>
+    <row r="777" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D777"/>
+      <c r="K777"/>
+    </row>
+    <row r="778" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D778"/>
+      <c r="K778"/>
+    </row>
+    <row r="779" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D779"/>
+      <c r="K779"/>
+    </row>
+    <row r="780" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D780"/>
+      <c r="K780"/>
+    </row>
+    <row r="781" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D781"/>
+      <c r="K781"/>
+    </row>
+    <row r="782" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D782"/>
+      <c r="K782"/>
+    </row>
+    <row r="783" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D783"/>
+      <c r="K783"/>
+    </row>
+    <row r="784" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D784"/>
+      <c r="K784"/>
+    </row>
+    <row r="785" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D785"/>
+      <c r="K785"/>
+    </row>
+    <row r="786" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D786"/>
+      <c r="K786"/>
+    </row>
+    <row r="787" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D787"/>
+      <c r="K787"/>
+    </row>
+    <row r="788" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D788"/>
+      <c r="K788"/>
+    </row>
+    <row r="789" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D789"/>
+      <c r="K789"/>
+    </row>
+    <row r="790" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D790"/>
+      <c r="K790"/>
+    </row>
+    <row r="791" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D791"/>
+      <c r="K791"/>
+    </row>
+    <row r="792" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D792"/>
+      <c r="K792"/>
+    </row>
+    <row r="793" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D793"/>
+      <c r="K793"/>
+    </row>
+    <row r="794" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D794"/>
+      <c r="K794"/>
+    </row>
+    <row r="795" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D795"/>
+      <c r="K795"/>
+    </row>
+    <row r="796" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D796"/>
+      <c r="K796"/>
+    </row>
+    <row r="797" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D797"/>
+      <c r="K797"/>
+    </row>
+    <row r="798" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D798"/>
+      <c r="K798"/>
+    </row>
+    <row r="799" spans="4:11" x14ac:dyDescent="0.2">
+      <c r="D799"/>
+      <c r="K799"/>
+    </row>
+    <row r="800" spans="4:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="D800"/>
+      <c r="J800" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="K800"/>
+    </row>
+    <row r="801" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D801"/>
+      <c r="K801" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="802" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D802"/>
+      <c r="K802"/>
+    </row>
+    <row r="803" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D803"/>
+      <c r="J803" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="K803"/>
+    </row>
+    <row r="804" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D804"/>
+      <c r="K804"/>
+    </row>
+    <row r="805" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D805"/>
+      <c r="J805" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="K805"/>
+    </row>
+    <row r="806" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D806"/>
+      <c r="K806"/>
+    </row>
+    <row r="807" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A807" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D807" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E807" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="G807" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="J807" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="K807"/>
+      <c r="L807" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="M807" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="R807" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="T807" s="13" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="808" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D808"/>
+      <c r="J808" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K808" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="M808" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="N808" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P808" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q808" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="R808" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="T808" s="13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="809" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D809"/>
+      <c r="K809"/>
+      <c r="M809" s="13" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="810" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D810"/>
+      <c r="K810"/>
+    </row>
+    <row r="811" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A811" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D811" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E811" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G811" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K811" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="M811" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N811" s="3">
+        <v>60000</v>
+      </c>
+      <c r="O811" s="3">
+        <v>3486.65</v>
+      </c>
+      <c r="P811" s="3">
+        <v>1722</v>
+      </c>
+      <c r="Q811" s="3">
+        <v>1824</v>
+      </c>
+      <c r="R811" s="3">
+        <v>125</v>
+      </c>
+      <c r="T811" s="3">
+        <v>52842.35</v>
+      </c>
+    </row>
+    <row r="812" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A812" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D812" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E812" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G812" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K812" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M812" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N812" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O812" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P812" s="3">
+        <v>1435</v>
+      </c>
+      <c r="T812" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="813" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D813"/>
+      <c r="K813"/>
+      <c r="Q813" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R813" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="814" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A814" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D814" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E814" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G814" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K814" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M814" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N814" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O814" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P814" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q814" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R814" s="3">
+        <v>5925</v>
+      </c>
+      <c r="T814" s="3">
+        <v>83116.38</v>
+      </c>
+    </row>
+    <row r="815" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D815"/>
+      <c r="G815" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="K815"/>
+    </row>
+    <row r="816" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A816" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D816" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E816" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G816" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="K816" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M816" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N816" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O816" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P816" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q816" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R816" s="3">
+        <v>125</v>
+      </c>
+      <c r="T816" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="817" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D817"/>
+      <c r="K817"/>
+    </row>
+    <row r="818" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A818" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D818" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E818" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="G818" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K818" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M818" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N818" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O818" s="3">
+        <v>14467.62</v>
+      </c>
+      <c r="P818" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q818" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R818" s="3">
+        <v>2100</v>
+      </c>
+      <c r="T818" s="3">
+        <v>86931.38</v>
+      </c>
+    </row>
+    <row r="819" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A819" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D819" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E819" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="G819" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K819" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M819" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N819" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O819" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P819" s="3">
+        <v>3157</v>
+      </c>
+      <c r="T819" s="3">
+        <v>88916.38</v>
+      </c>
+    </row>
+    <row r="820" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D820"/>
+      <c r="K820"/>
+      <c r="Q820" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R820" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="821" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A821" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D821"/>
+      <c r="E821" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="G821" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="K821" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M821" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N821" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O821" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P821" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q821" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R821" s="3">
+        <v>245</v>
+      </c>
+      <c r="T821" s="3">
+        <v>36948.35</v>
+      </c>
+    </row>
+    <row r="822" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D822"/>
+      <c r="K822"/>
+    </row>
+    <row r="823" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A823" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D823" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E823" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="G823" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="K823" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M823" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N823" s="3">
+        <v>25000</v>
+      </c>
+      <c r="P823" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q823" s="3">
+        <v>760</v>
+      </c>
+      <c r="R823" s="3">
+        <v>125</v>
+      </c>
+      <c r="T823" s="3">
+        <v>23397.5</v>
+      </c>
+    </row>
+    <row r="824" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D824"/>
+      <c r="K824"/>
+    </row>
+    <row r="825" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A825" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D825" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E825" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="G825" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="K825" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="M825" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N825" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O825" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P825" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q825" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R825" s="3">
+        <v>125</v>
+      </c>
+      <c r="T825" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="826" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A826" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D826" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E826" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="G826" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="K826" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="M826" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N826" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O826" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P826" s="3">
+        <v>1435</v>
+      </c>
+      <c r="T826" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="827" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D827"/>
+      <c r="K827"/>
+      <c r="Q827" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R827" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="828" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A828" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D828" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E828" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="G828" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K828" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M828" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N828" s="3">
+        <v>100000</v>
+      </c>
+      <c r="O828" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="P828" s="3">
+        <v>2870</v>
+      </c>
+      <c r="Q828" s="3">
+        <v>3040</v>
+      </c>
+      <c r="R828" s="3">
+        <v>125</v>
+      </c>
+      <c r="T828" s="3">
+        <v>81859.56</v>
+      </c>
+    </row>
+    <row r="829" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D829"/>
+      <c r="K829"/>
+    </row>
+    <row r="830" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A830" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D830" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E830" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="G830" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K830" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M830" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N830" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O830" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P830" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q830" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R830" s="3">
+        <v>125</v>
+      </c>
+      <c r="T830" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="831" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D831"/>
+      <c r="K831"/>
+    </row>
+    <row r="832" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A832" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D832" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E832" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="G832" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="K832" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M832" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N832" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O832" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P832" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q832" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R832" s="3">
+        <v>125</v>
+      </c>
+      <c r="T832" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="833" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A833" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D833" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E833" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="G833" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K833" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M833" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N833" s="3">
+        <v>100000</v>
+      </c>
+      <c r="O833" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="P833" s="3">
+        <v>2870</v>
+      </c>
+      <c r="T833" s="3">
+        <v>72382.06</v>
+      </c>
+    </row>
+    <row r="834" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D834"/>
+      <c r="K834"/>
+      <c r="Q834" s="3">
+        <v>3040</v>
+      </c>
+      <c r="R834" s="3">
+        <v>9602.5</v>
+      </c>
+    </row>
+    <row r="835" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A835" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D835" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E835" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="G835" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="K835" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="M835" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N835" s="3">
+        <v>30000</v>
+      </c>
+      <c r="P835" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q835" s="3">
+        <v>912</v>
+      </c>
+      <c r="R835" s="3">
+        <v>125</v>
+      </c>
+      <c r="T835" s="3">
+        <v>28102</v>
+      </c>
+    </row>
+    <row r="836" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D836"/>
+      <c r="K836"/>
+    </row>
+    <row r="837" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A837" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D837" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E837" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="G837" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K837" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="M837" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N837" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O837" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P837" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q837" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R837" s="3">
+        <v>125</v>
+      </c>
+      <c r="T837" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="838" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D838"/>
+      <c r="K838"/>
+    </row>
+    <row r="839" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A839" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D839" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E839" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="G839" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="J839" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="K839" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="M839" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N839" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O839" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P839" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q839" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R839" s="3">
+        <v>125</v>
+      </c>
+      <c r="T839" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="840" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A840" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D840" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E840" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="G840" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K840" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M840" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N840" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O840" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P840" s="3">
+        <v>1435</v>
+      </c>
+      <c r="T840" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="841" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D841"/>
+      <c r="K841"/>
+      <c r="Q841" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R841" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="842" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A842" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D842" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E842" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="G842" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K842" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M842" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N842" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O842" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P842" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q842" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R842" s="3">
+        <v>125</v>
+      </c>
+      <c r="T842" s="3">
+        <v>88916.38</v>
+      </c>
+    </row>
+    <row r="843" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D843"/>
+      <c r="K843"/>
+    </row>
+    <row r="844" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A844" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D844" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E844" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="G844" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K844" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="M844" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N844" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O844" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P844" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q844" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R844" s="3">
+        <v>125</v>
+      </c>
+      <c r="T844" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="845" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D845"/>
+      <c r="K845"/>
+    </row>
+    <row r="846" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D846"/>
+      <c r="K846"/>
+    </row>
+    <row r="847" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D847"/>
+      <c r="K847"/>
+    </row>
+    <row r="848" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D848"/>
+      <c r="K848"/>
+    </row>
+    <row r="849" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D849"/>
+      <c r="J849" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="K849"/>
+    </row>
+    <row r="850" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D850"/>
+      <c r="K850" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="851" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D851"/>
+      <c r="K851"/>
+    </row>
+    <row r="852" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D852"/>
+      <c r="J852" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="K852"/>
+    </row>
+    <row r="853" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D853"/>
+      <c r="K853"/>
+    </row>
+    <row r="854" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D854"/>
+      <c r="J854" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="K854"/>
+    </row>
+    <row r="855" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D855"/>
+      <c r="K855"/>
+    </row>
+    <row r="856" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A856" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D856" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E856" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="G856" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="J856" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="K856"/>
+      <c r="L856" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="M856" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="N856" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P856" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q856" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="R856" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="T856" s="13" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="857" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D857"/>
+      <c r="J857" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K857" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="M857" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="N857" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="R857" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="T857" s="13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="858" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D858"/>
+      <c r="K858"/>
+      <c r="M858" s="13" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="859" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A859" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D859" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E859" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="G859" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K859" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M859" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N859" s="3">
+        <v>110000</v>
+      </c>
+      <c r="O859" s="3">
+        <v>14457.62</v>
+      </c>
+      <c r="P859" s="3">
+        <v>3157</v>
+      </c>
+      <c r="Q859" s="3">
+        <v>3344</v>
+      </c>
+      <c r="R859" s="3">
+        <v>3982.14</v>
+      </c>
+      <c r="T859" s="3">
+        <v>85059.24</v>
+      </c>
+    </row>
+    <row r="860" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D860"/>
+      <c r="K860"/>
+    </row>
+    <row r="861" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A861" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D861" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E861" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="G861" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K861" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M861" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N861" s="3">
+        <v>67000</v>
+      </c>
+      <c r="O861" s="3">
+        <v>4460.82</v>
+      </c>
+      <c r="P861" s="3">
+        <v>1922.9</v>
+      </c>
+      <c r="Q861" s="3">
+        <v>2036.8</v>
+      </c>
+      <c r="R861" s="3">
+        <v>125</v>
+      </c>
+      <c r="T861" s="3">
+        <v>58454.48</v>
+      </c>
+    </row>
+    <row r="862" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D862"/>
+      <c r="K862"/>
+    </row>
+    <row r="863" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A863" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D863" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E863" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G863" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="K863" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="M863" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N863" s="3">
+        <v>50000</v>
+      </c>
+      <c r="O863" s="3">
+        <v>1854</v>
+      </c>
+      <c r="P863" s="3">
+        <v>1435</v>
+      </c>
+      <c r="Q863" s="3">
+        <v>1520</v>
+      </c>
+      <c r="R863" s="3">
+        <v>125</v>
+      </c>
+      <c r="T863" s="3">
+        <v>45066</v>
+      </c>
+    </row>
+    <row r="864" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D864"/>
+      <c r="G864" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="K864" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M864" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="T864" s="3">
+        <v>81859.56</v>
+      </c>
+    </row>
+    <row r="865" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A865" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D865" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E865" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G865" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="K865"/>
+      <c r="N865" s="3">
+        <v>100000</v>
+      </c>
+      <c r="O865" s="3">
+        <v>12105.44</v>
+      </c>
+      <c r="P865" s="3">
+        <v>2870</v>
+      </c>
+      <c r="Q865" s="3">
+        <v>3040</v>
+      </c>
+      <c r="R865" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="866" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A866" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D866" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E866" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G866" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="K866" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M866" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N866" s="3">
+        <v>25000</v>
+      </c>
+      <c r="P866" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q866" s="3">
+        <v>760</v>
+      </c>
+      <c r="R866" s="3">
+        <v>2208.33</v>
+      </c>
+      <c r="T866" s="3">
+        <v>23397.5</v>
+      </c>
+    </row>
+    <row r="867" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D867"/>
+      <c r="G867" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="K867"/>
+    </row>
+    <row r="868" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A868" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D868" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E868" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G868" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="K868" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="M868" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N868" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O868" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P868" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q868" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R868" s="3">
+        <v>125</v>
+      </c>
+      <c r="T868" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="869" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D869"/>
+      <c r="G869" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="K869"/>
+    </row>
+    <row r="870" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A870" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D870" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E870" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G870" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="K870" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="M870" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N870" s="3">
+        <v>35000</v>
+      </c>
+      <c r="P870" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q870" s="3">
+        <v>1064</v>
+      </c>
+      <c r="R870" s="3">
+        <v>125</v>
+      </c>
+      <c r="T870" s="3">
+        <v>32806.5</v>
+      </c>
+    </row>
+    <row r="871" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D871"/>
+      <c r="K871" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="M871" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="T871" s="3">
+        <v>32806.5</v>
+      </c>
+    </row>
+    <row r="872" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A872" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D872" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E872" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G872" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K872"/>
+      <c r="N872" s="3">
+        <v>35000</v>
+      </c>
+      <c r="P872" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q872" s="3">
+        <v>1064</v>
+      </c>
+      <c r="R872" s="3">
+        <v>3041.67</v>
+      </c>
+    </row>
+    <row r="873" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A873" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D873" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E873" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="G873" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="K873" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M873" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N873" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O873" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P873" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q873" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R873" s="3">
+        <v>125</v>
+      </c>
+      <c r="T873" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="874" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A874" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D874"/>
+      <c r="G874" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="K874"/>
+    </row>
+    <row r="875" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A875" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D875" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E875" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="G875" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="K875" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="M875" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N875" s="3">
+        <v>65000</v>
+      </c>
+      <c r="O875" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="P875" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="Q875" s="3">
+        <v>1976</v>
+      </c>
+      <c r="R875" s="3">
+        <v>125</v>
+      </c>
+      <c r="T875" s="3">
+        <v>56605.95</v>
+      </c>
+    </row>
+    <row r="876" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D876"/>
+      <c r="G876" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="K876"/>
+    </row>
+    <row r="877" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A877" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D877" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E877" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="G877" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="K877" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M877" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N877" s="3">
+        <v>65000</v>
+      </c>
+      <c r="O877" s="3">
+        <v>4427.55</v>
+      </c>
+      <c r="P877" s="3">
+        <v>1865.5</v>
+      </c>
+      <c r="Q877" s="3">
+        <v>1976</v>
+      </c>
+      <c r="R877" s="3">
+        <v>125</v>
+      </c>
+      <c r="T877" s="3">
+        <v>56605.95</v>
+      </c>
+    </row>
+    <row r="878" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D878"/>
+      <c r="K878" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M878" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="T878" s="3">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="879" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A879" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D879" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E879" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="G879" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K879"/>
+      <c r="N879" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O879" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P879" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q879" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R879" s="3">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="880" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A880" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D880" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E880" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="G880" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K880" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="M880" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="N880" s="3">
+        <v>30000</v>
+      </c>
+      <c r="P880" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q880" s="3">
+        <v>912</v>
+      </c>
+      <c r="R880" s="3">
+        <v>4544.78</v>
+      </c>
+      <c r="T880" s="3">
+        <v>26182.22</v>
+      </c>
+    </row>
+    <row r="881" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D881"/>
+      <c r="K881"/>
+    </row>
+    <row r="882" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A882" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D882"/>
+      <c r="E882" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="G882" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K882" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M882" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N882" s="3">
+        <v>40000</v>
+      </c>
+      <c r="O882" s="3">
+        <v>442.65</v>
+      </c>
+      <c r="P882" s="3">
+        <v>1148</v>
+      </c>
+      <c r="Q882" s="3">
+        <v>1216</v>
+      </c>
+      <c r="R882" s="3">
+        <v>2044.78</v>
+      </c>
+      <c r="T882" s="3">
+        <v>35148.57</v>
+      </c>
+    </row>
+    <row r="883" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D883"/>
+      <c r="K883"/>
+    </row>
+    <row r="884" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D884"/>
+      <c r="K884"/>
+    </row>
+    <row r="885" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D885"/>
+      <c r="K885"/>
+    </row>
+    <row r="886" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D886"/>
+      <c r="K886"/>
+    </row>
+    <row r="887" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D887"/>
+      <c r="K887"/>
+    </row>
+    <row r="888" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D888"/>
+      <c r="K888"/>
+    </row>
+    <row r="889" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D889"/>
+      <c r="K889"/>
+    </row>
+    <row r="890" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D890"/>
+      <c r="K890"/>
+    </row>
+    <row r="891" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D891"/>
+      <c r="K891"/>
+    </row>
+    <row r="892" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D892"/>
+      <c r="K892"/>
+    </row>
+    <row r="893" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D893"/>
+      <c r="K893"/>
+    </row>
+    <row r="894" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D894"/>
+      <c r="K894"/>
+    </row>
+    <row r="895" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D895"/>
+      <c r="K895"/>
+    </row>
+    <row r="896" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D896"/>
+      <c r="K896"/>
+    </row>
+    <row r="897" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D897"/>
+      <c r="K897"/>
+    </row>
+    <row r="898" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D898"/>
+      <c r="J898" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="K898"/>
+    </row>
+    <row r="899" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+      <c r="D899"/>
+      <c r="K899" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="900" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D900"/>
+      <c r="J900" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="K900"/>
+    </row>
+    <row r="901" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D901"/>
+      <c r="K901"/>
+    </row>
+    <row r="902" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D902"/>
+      <c r="J902" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="K902"/>
+    </row>
+    <row r="903" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D903"/>
+      <c r="K903"/>
+    </row>
+    <row r="904" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D904"/>
+      <c r="K904"/>
+    </row>
+    <row r="905" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A905" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D905" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E905" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="G905" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="J905" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="K905"/>
+      <c r="L905" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="M905" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="N905" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P905" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q905" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="R905" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="T905" s="13" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="906" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D906"/>
+      <c r="J906" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K906" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="M906" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="N906" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="R906" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="T906" s="13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="907" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="D907"/>
+      <c r="K907"/>
+    </row>
+    <row r="908" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A908" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D908"/>
+      <c r="K908"/>
+      <c r="Q908" s="4" t="s">
+        <v>154</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="A5:K332" xr:uid="{4980CDB6-CD09-4498-BA18-01D97A0685D5}"/>
+  <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>